--- v0 (2025-12-21)
+++ v1 (2026-02-05)
@@ -24,51 +24,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView windowWidth="27945" windowHeight="12375"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2408" uniqueCount="2276">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2706" uniqueCount="2561">
   <si>
     <t>生产日期</t>
   </si>
   <si>
     <t>产品序列号</t>
   </si>
   <si>
     <t>产品型号配置</t>
   </si>
   <si>
     <t>外箱箱号</t>
   </si>
   <si>
     <t>数量</t>
   </si>
   <si>
     <t>备注</t>
   </si>
   <si>
     <t>2023.11.30</t>
   </si>
   <si>
     <t>XM5E1B11023Y11300001</t>
   </si>
   <si>
@@ -6852,50 +6852,905 @@
     <t>1A508F00005</t>
   </si>
   <si>
     <t>1A508F00006</t>
   </si>
   <si>
     <t>1A508F00007</t>
   </si>
   <si>
     <t>1A508F00008</t>
   </si>
   <si>
     <t>1A508F00009</t>
   </si>
   <si>
     <t>1A508F00010</t>
   </si>
   <si>
     <t>1A508F00011</t>
   </si>
   <si>
     <t>1A508F00012</t>
   </si>
   <si>
     <t>1A508F00013</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y020001</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y020002</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y020003</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y020004</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y020005</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y020006</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y020007</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y020008</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y020009</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y020010</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y020011</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y020012</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y020013</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y020014</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y020015</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y020016</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y020017</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y020018</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y020019</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y020020</t>
+  </si>
+  <si>
+    <t>1B038F00001B3132</t>
+  </si>
+  <si>
+    <t>P12RW-G/B110/8G/256G/WIFI</t>
+  </si>
+  <si>
+    <t>&amp;202601160001</t>
+  </si>
+  <si>
+    <t>1B038F00002</t>
+  </si>
+  <si>
+    <t>1B038F00003</t>
+  </si>
+  <si>
+    <t>1B038F00004</t>
+  </si>
+  <si>
+    <t>1B038F00005</t>
+  </si>
+  <si>
+    <t>&amp;202601160002</t>
+  </si>
+  <si>
+    <t>1B038F00006</t>
+  </si>
+  <si>
+    <t>1B038F00007</t>
+  </si>
+  <si>
+    <t>1B038F00008</t>
+  </si>
+  <si>
+    <t>1B038F00009</t>
+  </si>
+  <si>
+    <t>&amp;202601160003</t>
+  </si>
+  <si>
+    <t>1B038F00010</t>
+  </si>
+  <si>
+    <t>1B038F00011</t>
+  </si>
+  <si>
+    <t>1B038F00012</t>
+  </si>
+  <si>
+    <t>1B038F00013</t>
+  </si>
+  <si>
+    <t>&amp;202601160004</t>
+  </si>
+  <si>
+    <t>1B038F00014</t>
+  </si>
+  <si>
+    <t>1B038F00015</t>
+  </si>
+  <si>
+    <t>1B038F00016</t>
+  </si>
+  <si>
+    <t>1B038F00017</t>
+  </si>
+  <si>
+    <t>&amp;202601160005</t>
+  </si>
+  <si>
+    <t>1B038F00018</t>
+  </si>
+  <si>
+    <t>1B038F00019</t>
+  </si>
+  <si>
+    <t>1B038F00020</t>
+  </si>
+  <si>
+    <t>1B038F00021</t>
+  </si>
+  <si>
+    <t>&amp;202601160006</t>
+  </si>
+  <si>
+    <t>1B048F00001B8184</t>
+  </si>
+  <si>
+    <t>&amp;202601210001</t>
+  </si>
+  <si>
+    <t>1B048F00002</t>
+  </si>
+  <si>
+    <t>1B048F00003</t>
+  </si>
+  <si>
+    <t>1B048F00004</t>
+  </si>
+  <si>
+    <t>&amp;202601210002</t>
+  </si>
+  <si>
+    <t>1B048F00005</t>
+  </si>
+  <si>
+    <t>1B048F00006</t>
+  </si>
+  <si>
+    <t>1B048F00007</t>
+  </si>
+  <si>
+    <t>&amp;202601210003</t>
+  </si>
+  <si>
+    <t>1B048F00008</t>
+  </si>
+  <si>
+    <t>1B048F00009</t>
+  </si>
+  <si>
+    <t>1B048F00010</t>
+  </si>
+  <si>
+    <t>&amp;202601210004</t>
+  </si>
+  <si>
+    <t>1B048F00001B3132</t>
+  </si>
+  <si>
+    <t>1B048F00011</t>
+  </si>
+  <si>
+    <t>2026.1.23</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040001</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040002</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040003</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040004</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040005</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040006</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040007</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040008</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040009</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040010</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040011</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040012</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040013</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040014</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040015</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040016</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040017</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040018</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040019</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040020</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040021</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040022</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040023</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040024</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040025</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040026</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040027</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040028</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040029</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040030</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040031</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040032</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040033</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040034</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040035</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040036</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040037</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040038</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040039</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040040</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040041</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040042</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040043</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040044</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040045</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040046</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040047</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040048</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040049</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040050</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040051</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040052</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040053</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040054</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040055</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040056</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040057</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040058</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040059</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040060</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040061</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040062</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040063</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040064</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040065</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040066</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040067</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040068</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040069</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040070</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040071</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040072</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040073</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040074</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040075</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040076</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040077</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040078</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040079</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040080</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040081</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040082</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040083</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040084</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040085</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040086</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040087</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040088</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040089</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040090</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040091</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040092</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040093</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040094</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040095</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040096</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040097</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040098</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040099</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040100</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040101</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040102</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040103</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040104</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040105</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040106</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040107</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040108</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040109</t>
+  </si>
+  <si>
+    <t>XME57N9726Y040110</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y040001</t>
+  </si>
+  <si>
+    <t>W10RW-G-06/I5-8260U/8G/128G/WIFI/12V7A</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y040002</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y040003</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y040004</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y040005</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y040006</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y040007</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y040008</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y040009</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y040010</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y040011</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y040012</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y040013</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y040014</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y040015</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y040016</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y040017</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y040018</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y040019</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y040020</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y040021</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y040022</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y040023</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y040024</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y040025</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y040026</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y040027</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y040028</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y040029</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y040030</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y040031</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y040032</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y040033</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y040034</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y040035</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y040036</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y040037</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y040038</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y040039</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y040040</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y040041</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y040042</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y040043</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y040044</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y040045</t>
+  </si>
+  <si>
+    <t>1B068F00001B3132</t>
+  </si>
+  <si>
+    <t>P12RW-G/B110/8G/256G/WIFI/12V5A</t>
+  </si>
+  <si>
+    <t>&amp;202602040001</t>
+  </si>
+  <si>
+    <t>1B068F00002</t>
+  </si>
+  <si>
+    <t>1B068F00003</t>
+  </si>
+  <si>
+    <t>1B068F00004</t>
+  </si>
+  <si>
+    <t>1B068F00005</t>
+  </si>
+  <si>
+    <t>&amp;202602040002</t>
+  </si>
+  <si>
+    <t>1B068F00006</t>
+  </si>
+  <si>
+    <t>1B068F00007</t>
+  </si>
+  <si>
+    <t>1B068F00008</t>
+  </si>
+  <si>
+    <t>1B068F00009</t>
+  </si>
+  <si>
+    <t>&amp;202602040003</t>
+  </si>
+  <si>
+    <t>1B068F00010</t>
+  </si>
+  <si>
+    <t>1B068F00011</t>
+  </si>
+  <si>
+    <t>1B068F00012</t>
+  </si>
+  <si>
+    <t>1B068F00013</t>
+  </si>
+  <si>
+    <t>&amp;202602040004</t>
+  </si>
+  <si>
+    <t>1B068F00014</t>
+  </si>
+  <si>
+    <t>1B068F00015</t>
+  </si>
+  <si>
+    <t>1B068F00016</t>
+  </si>
+  <si>
+    <t>1B068F00017</t>
+  </si>
+  <si>
+    <t>&amp;202602040005</t>
+  </si>
+  <si>
+    <t>1B068F00018</t>
+  </si>
+  <si>
+    <t>1B068F00019</t>
+  </si>
+  <si>
+    <t>1B068F00020</t>
+  </si>
+  <si>
+    <t>1B068F00021</t>
+  </si>
+  <si>
+    <t>&amp;202602040006</t>
+  </si>
+  <si>
+    <t>1B068F00022</t>
+  </si>
+  <si>
+    <t>1B068F00023</t>
+  </si>
+  <si>
+    <t>1B068F00024</t>
+  </si>
+  <si>
+    <t>1B068F00025</t>
+  </si>
+  <si>
+    <t>&amp;202602040007</t>
+  </si>
+  <si>
+    <t>1B068F00026</t>
+  </si>
+  <si>
+    <t>1B068F00027</t>
+  </si>
+  <si>
+    <t>1B068F00028</t>
+  </si>
+  <si>
+    <t>1B068F00029</t>
+  </si>
+  <si>
+    <t>&amp;202602040008</t>
+  </si>
+  <si>
+    <t>1B068F00030</t>
+  </si>
+  <si>
+    <t>1B068F00031</t>
+  </si>
+  <si>
+    <t>1B068F00032</t>
+  </si>
+  <si>
+    <t>1B068F00033</t>
+  </si>
+  <si>
+    <t>&amp;202602040009</t>
+  </si>
+  <si>
+    <t>1B068F00034</t>
+  </si>
+  <si>
+    <t>1B068F00035</t>
+  </si>
+  <si>
+    <t>1B068F00036</t>
+  </si>
+  <si>
+    <t>1B068F00037</t>
+  </si>
+  <si>
+    <t>&amp;202602040010</t>
+  </si>
+  <si>
+    <t>1B068F00038</t>
+  </si>
+  <si>
+    <t>1B068F00039</t>
+  </si>
+  <si>
+    <t>1B068F00040</t>
+  </si>
+  <si>
+    <t>1B068F00041</t>
+  </si>
+  <si>
+    <t>&amp;202602040011</t>
+  </si>
+  <si>
+    <t>1B068F00042</t>
+  </si>
+  <si>
+    <t>1B068F00043</t>
+  </si>
+  <si>
+    <t>1B068F00044</t>
+  </si>
+  <si>
+    <t>1B068F00045</t>
+  </si>
+  <si>
+    <t>&amp;202602040012</t>
+  </si>
+  <si>
+    <t>1B068F00046</t>
+  </si>
+  <si>
+    <t>1B068F00047</t>
+  </si>
+  <si>
+    <t>1B068F00048</t>
+  </si>
+  <si>
+    <t>1B068F00049</t>
+  </si>
+  <si>
+    <t>&amp;202602040013</t>
+  </si>
+  <si>
+    <t>1B068F00050</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="xr9">
   <numFmts count="4">
     <numFmt numFmtId="41" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;_ ;_ @_ "/>
     <numFmt numFmtId="42" formatCode="_ &quot;￥&quot;* #,##0_ ;_ &quot;￥&quot;* \-#,##0_ ;_ &quot;￥&quot;* &quot;-&quot;_ ;_ @_ "/>
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="44" formatCode="_ &quot;￥&quot;* #,##0.00_ ;_ &quot;￥&quot;* \-#,##0.00_ ;_ &quot;￥&quot;* &quot;-&quot;??_ ;_ @_ "/>
   </numFmts>
   <fonts count="22">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="宋体"/>
       <charset val="134"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Tahoma"/>
       <charset val="134"/>
@@ -8033,56 +8888,56 @@
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:etc="http://www.wps.cn/officeDocument/2017/etCustomData">
   <sheetPr codeName="Sheet1"/>
-  <dimension ref="A1:F2226"/>
+  <dimension ref="A1:F2500"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A2204" activePane="bottomLeft" state="frozen"/>
+      <pane ySplit="1" topLeftCell="A1029" activePane="bottomLeft" state="frozen"/>
       <selection/>
-      <selection pane="bottomLeft" activeCell="C2217" sqref="C2217"/>
+      <selection pane="bottomLeft" activeCell="C1049" sqref="C1049"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.5" outlineLevelCol="5"/>
   <cols>
     <col min="1" max="1" width="10.8583333333333" customWidth="1"/>
     <col min="2" max="2" width="17.9833333333333" customWidth="1"/>
     <col min="3" max="3" width="45" customWidth="1"/>
     <col min="4" max="4" width="15.8583333333333" customWidth="1"/>
     <col min="5" max="5" width="7.4" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -19974,84 +20829,1548 @@
     <row r="2220" spans="1:5">
       <c r="B2220" t="s">
         <v>2269</v>
       </c>
     </row>
     <row r="2221" spans="1:5">
       <c r="B2221" t="s">
         <v>2270</v>
       </c>
     </row>
     <row r="2222" spans="1:5">
       <c r="B2222" t="s">
         <v>2271</v>
       </c>
     </row>
     <row r="2223" spans="1:5">
       <c r="B2223" t="s">
         <v>2272</v>
       </c>
     </row>
     <row r="2224" spans="1:5">
       <c r="B2224" t="s">
         <v>2273</v>
       </c>
     </row>
-    <row r="2225" spans="2:2">
+    <row r="2225" spans="1:5">
       <c r="B2225" t="s">
         <v>2274</v>
       </c>
     </row>
-    <row r="2226" spans="2:2">
+    <row r="2226" spans="1:5">
       <c r="B2226" t="s">
         <v>2275</v>
+      </c>
+    </row>
+    <row r="2228" spans="1:5">
+      <c r="A2228" s="3">
+        <v>46029</v>
+      </c>
+      <c r="B2228" t="s">
+        <v>2276</v>
+      </c>
+      <c r="C2228" t="s">
+        <v>1543</v>
+      </c>
+      <c r="E2228">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="2229" spans="1:5">
+      <c r="B2229" t="s">
+        <v>2277</v>
+      </c>
+    </row>
+    <row r="2230" spans="1:5">
+      <c r="B2230" t="s">
+        <v>2278</v>
+      </c>
+    </row>
+    <row r="2231" spans="1:5">
+      <c r="B2231" t="s">
+        <v>2279</v>
+      </c>
+    </row>
+    <row r="2232" spans="1:5">
+      <c r="B2232" t="s">
+        <v>2280</v>
+      </c>
+    </row>
+    <row r="2233" spans="1:5">
+      <c r="B2233" t="s">
+        <v>2281</v>
+      </c>
+    </row>
+    <row r="2234" spans="1:5">
+      <c r="B2234" t="s">
+        <v>2282</v>
+      </c>
+    </row>
+    <row r="2235" spans="1:5">
+      <c r="B2235" t="s">
+        <v>2283</v>
+      </c>
+    </row>
+    <row r="2236" spans="1:5">
+      <c r="B2236" t="s">
+        <v>2284</v>
+      </c>
+    </row>
+    <row r="2237" spans="1:5">
+      <c r="B2237" t="s">
+        <v>2285</v>
+      </c>
+    </row>
+    <row r="2238" spans="1:5">
+      <c r="B2238" t="s">
+        <v>2286</v>
+      </c>
+    </row>
+    <row r="2239" spans="1:5">
+      <c r="B2239" t="s">
+        <v>2287</v>
+      </c>
+    </row>
+    <row r="2240" spans="1:5">
+      <c r="B2240" t="s">
+        <v>2288</v>
+      </c>
+    </row>
+    <row r="2241" spans="1:5">
+      <c r="B2241" t="s">
+        <v>2289</v>
+      </c>
+    </row>
+    <row r="2242" spans="1:5">
+      <c r="B2242" t="s">
+        <v>2290</v>
+      </c>
+    </row>
+    <row r="2243" spans="1:5">
+      <c r="B2243" t="s">
+        <v>2291</v>
+      </c>
+    </row>
+    <row r="2244" spans="1:5">
+      <c r="B2244" t="s">
+        <v>2292</v>
+      </c>
+    </row>
+    <row r="2245" spans="1:5">
+      <c r="B2245" t="s">
+        <v>2293</v>
+      </c>
+    </row>
+    <row r="2246" spans="1:5">
+      <c r="B2246" t="s">
+        <v>2294</v>
+      </c>
+    </row>
+    <row r="2247" spans="1:5">
+      <c r="B2247" t="s">
+        <v>2295</v>
+      </c>
+    </row>
+    <row r="2249" spans="1:5">
+      <c r="A2249" s="3">
+        <v>46037</v>
+      </c>
+      <c r="B2249" t="s">
+        <v>2296</v>
+      </c>
+      <c r="C2249" t="s">
+        <v>2297</v>
+      </c>
+      <c r="D2249" t="s">
+        <v>2298</v>
+      </c>
+      <c r="E2249">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="2250" spans="1:5">
+      <c r="B2250" t="s">
+        <v>2299</v>
+      </c>
+    </row>
+    <row r="2251" spans="1:5">
+      <c r="B2251" t="s">
+        <v>2300</v>
+      </c>
+    </row>
+    <row r="2252" spans="1:5">
+      <c r="B2252" t="s">
+        <v>2301</v>
+      </c>
+    </row>
+    <row r="2253" spans="1:5">
+      <c r="B2253" t="s">
+        <v>2302</v>
+      </c>
+      <c r="D2253" t="s">
+        <v>2303</v>
+      </c>
+    </row>
+    <row r="2254" spans="1:5">
+      <c r="B2254" t="s">
+        <v>2304</v>
+      </c>
+    </row>
+    <row r="2255" spans="1:5">
+      <c r="B2255" t="s">
+        <v>2305</v>
+      </c>
+    </row>
+    <row r="2256" spans="1:5">
+      <c r="B2256" t="s">
+        <v>2306</v>
+      </c>
+    </row>
+    <row r="2257" spans="1:5">
+      <c r="B2257" t="s">
+        <v>2307</v>
+      </c>
+      <c r="D2257" t="s">
+        <v>2308</v>
+      </c>
+    </row>
+    <row r="2258" spans="1:5">
+      <c r="B2258" t="s">
+        <v>2309</v>
+      </c>
+    </row>
+    <row r="2259" spans="1:5">
+      <c r="B2259" t="s">
+        <v>2310</v>
+      </c>
+    </row>
+    <row r="2260" spans="1:5">
+      <c r="B2260" t="s">
+        <v>2311</v>
+      </c>
+    </row>
+    <row r="2261" spans="1:5">
+      <c r="B2261" t="s">
+        <v>2312</v>
+      </c>
+      <c r="D2261" t="s">
+        <v>2313</v>
+      </c>
+    </row>
+    <row r="2262" spans="1:5">
+      <c r="B2262" t="s">
+        <v>2314</v>
+      </c>
+    </row>
+    <row r="2263" spans="1:5">
+      <c r="B2263" t="s">
+        <v>2315</v>
+      </c>
+    </row>
+    <row r="2264" spans="1:5">
+      <c r="B2264" t="s">
+        <v>2316</v>
+      </c>
+    </row>
+    <row r="2265" spans="1:5">
+      <c r="B2265" t="s">
+        <v>2317</v>
+      </c>
+      <c r="D2265" t="s">
+        <v>2318</v>
+      </c>
+    </row>
+    <row r="2266" spans="1:5">
+      <c r="B2266" t="s">
+        <v>2319</v>
+      </c>
+    </row>
+    <row r="2267" spans="1:5">
+      <c r="B2267" t="s">
+        <v>2320</v>
+      </c>
+    </row>
+    <row r="2268" spans="1:5">
+      <c r="B2268" t="s">
+        <v>2321</v>
+      </c>
+    </row>
+    <row r="2269" spans="1:5">
+      <c r="B2269" t="s">
+        <v>2322</v>
+      </c>
+      <c r="D2269" t="s">
+        <v>2323</v>
+      </c>
+    </row>
+    <row r="2271" spans="1:5">
+      <c r="A2271" s="3">
+        <v>46043</v>
+      </c>
+      <c r="B2271" t="s">
+        <v>2324</v>
+      </c>
+      <c r="C2271" t="s">
+        <v>2263</v>
+      </c>
+      <c r="D2271" t="s">
+        <v>2325</v>
+      </c>
+      <c r="E2271">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="2272" spans="1:5">
+      <c r="B2272" t="s">
+        <v>2326</v>
+      </c>
+    </row>
+    <row r="2273" spans="2:5">
+      <c r="B2273" t="s">
+        <v>2327</v>
+      </c>
+    </row>
+    <row r="2274" spans="2:5">
+      <c r="B2274" t="s">
+        <v>2328</v>
+      </c>
+      <c r="D2274" t="s">
+        <v>2329</v>
+      </c>
+    </row>
+    <row r="2275" spans="2:5">
+      <c r="B2275" t="s">
+        <v>2330</v>
+      </c>
+    </row>
+    <row r="2276" spans="2:5">
+      <c r="B2276" t="s">
+        <v>2331</v>
+      </c>
+    </row>
+    <row r="2277" spans="2:5">
+      <c r="B2277" t="s">
+        <v>2332</v>
+      </c>
+      <c r="D2277" t="s">
+        <v>2333</v>
+      </c>
+    </row>
+    <row r="2278" spans="2:5">
+      <c r="B2278" t="s">
+        <v>2334</v>
+      </c>
+    </row>
+    <row r="2279" spans="2:5">
+      <c r="B2279" t="s">
+        <v>2335</v>
+      </c>
+    </row>
+    <row r="2280" spans="2:5">
+      <c r="B2280" t="s">
+        <v>2336</v>
+      </c>
+      <c r="D2280" t="s">
+        <v>2337</v>
+      </c>
+    </row>
+    <row r="2282" spans="2:5">
+      <c r="B2282" t="s">
+        <v>2338</v>
+      </c>
+      <c r="C2282" t="s">
+        <v>2297</v>
+      </c>
+      <c r="E2282">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="2283" spans="2:5">
+      <c r="B2283" t="s">
+        <v>2326</v>
+      </c>
+    </row>
+    <row r="2284" spans="2:5">
+      <c r="B2284" t="s">
+        <v>2327</v>
+      </c>
+    </row>
+    <row r="2285" spans="2:5">
+      <c r="B2285" t="s">
+        <v>2328</v>
+      </c>
+    </row>
+    <row r="2286" spans="2:5">
+      <c r="B2286" t="s">
+        <v>2330</v>
+      </c>
+    </row>
+    <row r="2287" spans="2:5">
+      <c r="B2287" t="s">
+        <v>2331</v>
+      </c>
+    </row>
+    <row r="2288" spans="2:5">
+      <c r="B2288" t="s">
+        <v>2332</v>
+      </c>
+    </row>
+    <row r="2289" spans="1:5">
+      <c r="B2289" t="s">
+        <v>2334</v>
+      </c>
+    </row>
+    <row r="2290" spans="1:5">
+      <c r="B2290" t="s">
+        <v>2335</v>
+      </c>
+    </row>
+    <row r="2291" spans="1:5">
+      <c r="B2291" t="s">
+        <v>2336</v>
+      </c>
+    </row>
+    <row r="2292" spans="1:5">
+      <c r="B2292" t="s">
+        <v>2339</v>
+      </c>
+    </row>
+    <row r="2294" spans="1:5">
+      <c r="A2294" t="s">
+        <v>2340</v>
+      </c>
+      <c r="B2294" t="s">
+        <v>2341</v>
+      </c>
+      <c r="C2294" t="s">
+        <v>1770</v>
+      </c>
+      <c r="E2294">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="2295" spans="1:5">
+      <c r="B2295" t="s">
+        <v>2342</v>
+      </c>
+    </row>
+    <row r="2296" spans="1:5">
+      <c r="B2296" t="s">
+        <v>2343</v>
+      </c>
+    </row>
+    <row r="2297" spans="1:5">
+      <c r="B2297" t="s">
+        <v>2344</v>
+      </c>
+    </row>
+    <row r="2298" spans="1:5">
+      <c r="B2298" t="s">
+        <v>2345</v>
+      </c>
+    </row>
+    <row r="2299" spans="1:5">
+      <c r="B2299" t="s">
+        <v>2346</v>
+      </c>
+    </row>
+    <row r="2300" spans="1:5">
+      <c r="B2300" t="s">
+        <v>2347</v>
+      </c>
+    </row>
+    <row r="2301" spans="1:5">
+      <c r="B2301" t="s">
+        <v>2348</v>
+      </c>
+    </row>
+    <row r="2302" spans="1:5">
+      <c r="B2302" t="s">
+        <v>2349</v>
+      </c>
+    </row>
+    <row r="2303" spans="1:5">
+      <c r="B2303" t="s">
+        <v>2350</v>
+      </c>
+    </row>
+    <row r="2304" spans="1:5">
+      <c r="B2304" t="s">
+        <v>2351</v>
+      </c>
+    </row>
+    <row r="2305" spans="2:2">
+      <c r="B2305" t="s">
+        <v>2352</v>
+      </c>
+    </row>
+    <row r="2306" spans="2:2">
+      <c r="B2306" t="s">
+        <v>2353</v>
+      </c>
+    </row>
+    <row r="2307" spans="2:2">
+      <c r="B2307" t="s">
+        <v>2354</v>
+      </c>
+    </row>
+    <row r="2308" spans="2:2">
+      <c r="B2308" t="s">
+        <v>2355</v>
+      </c>
+    </row>
+    <row r="2309" spans="2:2">
+      <c r="B2309" t="s">
+        <v>2356</v>
+      </c>
+    </row>
+    <row r="2310" spans="2:2">
+      <c r="B2310" t="s">
+        <v>2357</v>
+      </c>
+    </row>
+    <row r="2311" spans="2:2">
+      <c r="B2311" t="s">
+        <v>2358</v>
+      </c>
+    </row>
+    <row r="2312" spans="2:2">
+      <c r="B2312" t="s">
+        <v>2359</v>
+      </c>
+    </row>
+    <row r="2313" spans="2:2">
+      <c r="B2313" t="s">
+        <v>2360</v>
+      </c>
+    </row>
+    <row r="2314" spans="2:2">
+      <c r="B2314" t="s">
+        <v>2361</v>
+      </c>
+    </row>
+    <row r="2315" spans="2:2">
+      <c r="B2315" t="s">
+        <v>2362</v>
+      </c>
+    </row>
+    <row r="2316" spans="2:2">
+      <c r="B2316" t="s">
+        <v>2363</v>
+      </c>
+    </row>
+    <row r="2317" spans="2:2">
+      <c r="B2317" t="s">
+        <v>2364</v>
+      </c>
+    </row>
+    <row r="2318" spans="2:2">
+      <c r="B2318" t="s">
+        <v>2365</v>
+      </c>
+    </row>
+    <row r="2319" spans="2:2">
+      <c r="B2319" t="s">
+        <v>2366</v>
+      </c>
+    </row>
+    <row r="2320" spans="2:2">
+      <c r="B2320" t="s">
+        <v>2367</v>
+      </c>
+    </row>
+    <row r="2321" spans="2:2">
+      <c r="B2321" t="s">
+        <v>2368</v>
+      </c>
+    </row>
+    <row r="2322" spans="2:2">
+      <c r="B2322" t="s">
+        <v>2369</v>
+      </c>
+    </row>
+    <row r="2323" spans="2:2">
+      <c r="B2323" t="s">
+        <v>2370</v>
+      </c>
+    </row>
+    <row r="2324" spans="2:2">
+      <c r="B2324" t="s">
+        <v>2371</v>
+      </c>
+    </row>
+    <row r="2325" spans="2:2">
+      <c r="B2325" t="s">
+        <v>2372</v>
+      </c>
+    </row>
+    <row r="2326" spans="2:2">
+      <c r="B2326" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="2327" spans="2:2">
+      <c r="B2327" t="s">
+        <v>2374</v>
+      </c>
+    </row>
+    <row r="2328" spans="2:2">
+      <c r="B2328" t="s">
+        <v>2375</v>
+      </c>
+    </row>
+    <row r="2329" spans="2:2">
+      <c r="B2329" t="s">
+        <v>2376</v>
+      </c>
+    </row>
+    <row r="2330" spans="2:2">
+      <c r="B2330" t="s">
+        <v>2377</v>
+      </c>
+    </row>
+    <row r="2331" spans="2:2">
+      <c r="B2331" t="s">
+        <v>2378</v>
+      </c>
+    </row>
+    <row r="2332" spans="2:2">
+      <c r="B2332" t="s">
+        <v>2379</v>
+      </c>
+    </row>
+    <row r="2333" spans="2:2">
+      <c r="B2333" t="s">
+        <v>2380</v>
+      </c>
+    </row>
+    <row r="2334" spans="2:2">
+      <c r="B2334" t="s">
+        <v>2381</v>
+      </c>
+    </row>
+    <row r="2335" spans="2:2">
+      <c r="B2335" t="s">
+        <v>2382</v>
+      </c>
+    </row>
+    <row r="2336" spans="2:2">
+      <c r="B2336" t="s">
+        <v>2383</v>
+      </c>
+    </row>
+    <row r="2337" spans="2:2">
+      <c r="B2337" t="s">
+        <v>2384</v>
+      </c>
+    </row>
+    <row r="2338" spans="2:2">
+      <c r="B2338" t="s">
+        <v>2385</v>
+      </c>
+    </row>
+    <row r="2339" spans="2:2">
+      <c r="B2339" t="s">
+        <v>2386</v>
+      </c>
+    </row>
+    <row r="2340" spans="2:2">
+      <c r="B2340" t="s">
+        <v>2387</v>
+      </c>
+    </row>
+    <row r="2341" spans="2:2">
+      <c r="B2341" t="s">
+        <v>2388</v>
+      </c>
+    </row>
+    <row r="2342" spans="2:2">
+      <c r="B2342" t="s">
+        <v>2389</v>
+      </c>
+    </row>
+    <row r="2343" spans="2:2">
+      <c r="B2343" t="s">
+        <v>2390</v>
+      </c>
+    </row>
+    <row r="2344" spans="2:2">
+      <c r="B2344" t="s">
+        <v>2391</v>
+      </c>
+    </row>
+    <row r="2345" spans="2:2">
+      <c r="B2345" t="s">
+        <v>2392</v>
+      </c>
+    </row>
+    <row r="2346" spans="2:2">
+      <c r="B2346" t="s">
+        <v>2393</v>
+      </c>
+    </row>
+    <row r="2347" spans="2:2">
+      <c r="B2347" t="s">
+        <v>2394</v>
+      </c>
+    </row>
+    <row r="2348" spans="2:2">
+      <c r="B2348" t="s">
+        <v>2395</v>
+      </c>
+    </row>
+    <row r="2349" spans="2:2">
+      <c r="B2349" t="s">
+        <v>2396</v>
+      </c>
+    </row>
+    <row r="2350" spans="2:2">
+      <c r="B2350" t="s">
+        <v>2397</v>
+      </c>
+    </row>
+    <row r="2351" spans="2:2">
+      <c r="B2351" t="s">
+        <v>2398</v>
+      </c>
+    </row>
+    <row r="2352" spans="2:2">
+      <c r="B2352" t="s">
+        <v>2399</v>
+      </c>
+    </row>
+    <row r="2353" spans="2:2">
+      <c r="B2353" t="s">
+        <v>2400</v>
+      </c>
+    </row>
+    <row r="2354" spans="2:2">
+      <c r="B2354" t="s">
+        <v>2401</v>
+      </c>
+    </row>
+    <row r="2355" spans="2:2">
+      <c r="B2355" t="s">
+        <v>2402</v>
+      </c>
+    </row>
+    <row r="2356" spans="2:2">
+      <c r="B2356" t="s">
+        <v>2403</v>
+      </c>
+    </row>
+    <row r="2357" spans="2:2">
+      <c r="B2357" t="s">
+        <v>2404</v>
+      </c>
+    </row>
+    <row r="2358" spans="2:2">
+      <c r="B2358" t="s">
+        <v>2405</v>
+      </c>
+    </row>
+    <row r="2359" spans="2:2">
+      <c r="B2359" t="s">
+        <v>2406</v>
+      </c>
+    </row>
+    <row r="2360" spans="2:2">
+      <c r="B2360" t="s">
+        <v>2407</v>
+      </c>
+    </row>
+    <row r="2361" spans="2:2">
+      <c r="B2361" t="s">
+        <v>2408</v>
+      </c>
+    </row>
+    <row r="2362" spans="2:2">
+      <c r="B2362" t="s">
+        <v>2409</v>
+      </c>
+    </row>
+    <row r="2363" spans="2:2">
+      <c r="B2363" t="s">
+        <v>2410</v>
+      </c>
+    </row>
+    <row r="2364" spans="2:2">
+      <c r="B2364" t="s">
+        <v>2411</v>
+      </c>
+    </row>
+    <row r="2365" spans="2:2">
+      <c r="B2365" t="s">
+        <v>2412</v>
+      </c>
+    </row>
+    <row r="2366" spans="2:2">
+      <c r="B2366" t="s">
+        <v>2413</v>
+      </c>
+    </row>
+    <row r="2367" spans="2:2">
+      <c r="B2367" t="s">
+        <v>2414</v>
+      </c>
+    </row>
+    <row r="2368" spans="2:2">
+      <c r="B2368" t="s">
+        <v>2415</v>
+      </c>
+    </row>
+    <row r="2369" spans="2:2">
+      <c r="B2369" t="s">
+        <v>2416</v>
+      </c>
+    </row>
+    <row r="2370" spans="2:2">
+      <c r="B2370" t="s">
+        <v>2417</v>
+      </c>
+    </row>
+    <row r="2371" spans="2:2">
+      <c r="B2371" t="s">
+        <v>2418</v>
+      </c>
+    </row>
+    <row r="2372" spans="2:2">
+      <c r="B2372" t="s">
+        <v>2419</v>
+      </c>
+    </row>
+    <row r="2373" spans="2:2">
+      <c r="B2373" t="s">
+        <v>2420</v>
+      </c>
+    </row>
+    <row r="2374" spans="2:2">
+      <c r="B2374" t="s">
+        <v>2421</v>
+      </c>
+    </row>
+    <row r="2375" spans="2:2">
+      <c r="B2375" t="s">
+        <v>2422</v>
+      </c>
+    </row>
+    <row r="2376" spans="2:2">
+      <c r="B2376" t="s">
+        <v>2423</v>
+      </c>
+    </row>
+    <row r="2377" spans="2:2">
+      <c r="B2377" t="s">
+        <v>2424</v>
+      </c>
+    </row>
+    <row r="2378" spans="2:2">
+      <c r="B2378" t="s">
+        <v>2425</v>
+      </c>
+    </row>
+    <row r="2379" spans="2:2">
+      <c r="B2379" t="s">
+        <v>2426</v>
+      </c>
+    </row>
+    <row r="2380" spans="2:2">
+      <c r="B2380" t="s">
+        <v>2427</v>
+      </c>
+    </row>
+    <row r="2381" spans="2:2">
+      <c r="B2381" t="s">
+        <v>2428</v>
+      </c>
+    </row>
+    <row r="2382" spans="2:2">
+      <c r="B2382" t="s">
+        <v>2429</v>
+      </c>
+    </row>
+    <row r="2383" spans="2:2">
+      <c r="B2383" t="s">
+        <v>2430</v>
+      </c>
+    </row>
+    <row r="2384" spans="2:2">
+      <c r="B2384" t="s">
+        <v>2431</v>
+      </c>
+    </row>
+    <row r="2385" spans="2:2">
+      <c r="B2385" t="s">
+        <v>2432</v>
+      </c>
+    </row>
+    <row r="2386" spans="2:2">
+      <c r="B2386" t="s">
+        <v>2433</v>
+      </c>
+    </row>
+    <row r="2387" spans="2:2">
+      <c r="B2387" t="s">
+        <v>2434</v>
+      </c>
+    </row>
+    <row r="2388" spans="2:2">
+      <c r="B2388" t="s">
+        <v>2435</v>
+      </c>
+    </row>
+    <row r="2389" spans="2:2">
+      <c r="B2389" t="s">
+        <v>2436</v>
+      </c>
+    </row>
+    <row r="2390" spans="2:2">
+      <c r="B2390" t="s">
+        <v>2437</v>
+      </c>
+    </row>
+    <row r="2391" spans="2:2">
+      <c r="B2391" t="s">
+        <v>2438</v>
+      </c>
+    </row>
+    <row r="2392" spans="2:2">
+      <c r="B2392" t="s">
+        <v>2439</v>
+      </c>
+    </row>
+    <row r="2393" spans="2:2">
+      <c r="B2393" t="s">
+        <v>2440</v>
+      </c>
+    </row>
+    <row r="2394" spans="2:2">
+      <c r="B2394" t="s">
+        <v>2441</v>
+      </c>
+    </row>
+    <row r="2395" spans="2:2">
+      <c r="B2395" t="s">
+        <v>2442</v>
+      </c>
+    </row>
+    <row r="2396" spans="2:2">
+      <c r="B2396" t="s">
+        <v>2443</v>
+      </c>
+    </row>
+    <row r="2397" spans="2:2">
+      <c r="B2397" t="s">
+        <v>2444</v>
+      </c>
+    </row>
+    <row r="2398" spans="2:2">
+      <c r="B2398" t="s">
+        <v>2445</v>
+      </c>
+    </row>
+    <row r="2399" spans="2:2">
+      <c r="B2399" t="s">
+        <v>2446</v>
+      </c>
+    </row>
+    <row r="2400" spans="2:2">
+      <c r="B2400" t="s">
+        <v>2447</v>
+      </c>
+    </row>
+    <row r="2401" spans="1:5">
+      <c r="B2401" t="s">
+        <v>2448</v>
+      </c>
+    </row>
+    <row r="2402" spans="1:5">
+      <c r="B2402" t="s">
+        <v>2449</v>
+      </c>
+    </row>
+    <row r="2403" spans="1:5">
+      <c r="B2403" t="s">
+        <v>2450</v>
+      </c>
+    </row>
+    <row r="2405" spans="1:5">
+      <c r="A2405" s="3">
+        <v>46046</v>
+      </c>
+      <c r="B2405" t="s">
+        <v>2451</v>
+      </c>
+      <c r="C2405" t="s">
+        <v>2452</v>
+      </c>
+      <c r="E2405">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="2406" spans="1:5">
+      <c r="B2406" t="s">
+        <v>2453</v>
+      </c>
+    </row>
+    <row r="2407" spans="1:5">
+      <c r="B2407" t="s">
+        <v>2454</v>
+      </c>
+    </row>
+    <row r="2408" spans="1:5">
+      <c r="B2408" t="s">
+        <v>2455</v>
+      </c>
+    </row>
+    <row r="2409" spans="1:5">
+      <c r="B2409" t="s">
+        <v>2456</v>
+      </c>
+    </row>
+    <row r="2410" spans="1:5">
+      <c r="B2410" t="s">
+        <v>2457</v>
+      </c>
+    </row>
+    <row r="2411" spans="1:5">
+      <c r="B2411" t="s">
+        <v>2458</v>
+      </c>
+    </row>
+    <row r="2412" spans="1:5">
+      <c r="B2412" t="s">
+        <v>2459</v>
+      </c>
+    </row>
+    <row r="2413" spans="1:5">
+      <c r="B2413" t="s">
+        <v>2460</v>
+      </c>
+    </row>
+    <row r="2414" spans="1:5">
+      <c r="B2414" t="s">
+        <v>2461</v>
+      </c>
+    </row>
+    <row r="2415" spans="1:5">
+      <c r="B2415" t="s">
+        <v>2462</v>
+      </c>
+    </row>
+    <row r="2416" spans="1:5">
+      <c r="B2416" t="s">
+        <v>2463</v>
+      </c>
+    </row>
+    <row r="2417" spans="2:2">
+      <c r="B2417" t="s">
+        <v>2464</v>
+      </c>
+    </row>
+    <row r="2418" spans="2:2">
+      <c r="B2418" t="s">
+        <v>2465</v>
+      </c>
+    </row>
+    <row r="2419" spans="2:2">
+      <c r="B2419" t="s">
+        <v>2466</v>
+      </c>
+    </row>
+    <row r="2420" spans="2:2">
+      <c r="B2420" t="s">
+        <v>2467</v>
+      </c>
+    </row>
+    <row r="2421" spans="2:2">
+      <c r="B2421" t="s">
+        <v>2468</v>
+      </c>
+    </row>
+    <row r="2422" spans="2:2">
+      <c r="B2422" t="s">
+        <v>2469</v>
+      </c>
+    </row>
+    <row r="2423" spans="2:2">
+      <c r="B2423" t="s">
+        <v>2470</v>
+      </c>
+    </row>
+    <row r="2424" spans="2:2">
+      <c r="B2424" t="s">
+        <v>2471</v>
+      </c>
+    </row>
+    <row r="2425" spans="2:2">
+      <c r="B2425" t="s">
+        <v>2472</v>
+      </c>
+    </row>
+    <row r="2426" spans="2:2">
+      <c r="B2426" t="s">
+        <v>2473</v>
+      </c>
+    </row>
+    <row r="2427" spans="2:2">
+      <c r="B2427" t="s">
+        <v>2474</v>
+      </c>
+    </row>
+    <row r="2428" spans="2:2">
+      <c r="B2428" t="s">
+        <v>2475</v>
+      </c>
+    </row>
+    <row r="2429" spans="2:2">
+      <c r="B2429" t="s">
+        <v>2476</v>
+      </c>
+    </row>
+    <row r="2430" spans="2:2">
+      <c r="B2430" t="s">
+        <v>2477</v>
+      </c>
+    </row>
+    <row r="2431" spans="2:2">
+      <c r="B2431" t="s">
+        <v>2478</v>
+      </c>
+    </row>
+    <row r="2432" spans="2:2">
+      <c r="B2432" t="s">
+        <v>2479</v>
+      </c>
+    </row>
+    <row r="2433" spans="2:2">
+      <c r="B2433" t="s">
+        <v>2480</v>
+      </c>
+    </row>
+    <row r="2434" spans="2:2">
+      <c r="B2434" t="s">
+        <v>2481</v>
+      </c>
+    </row>
+    <row r="2435" spans="2:2">
+      <c r="B2435" t="s">
+        <v>2482</v>
+      </c>
+    </row>
+    <row r="2436" spans="2:2">
+      <c r="B2436" t="s">
+        <v>2483</v>
+      </c>
+    </row>
+    <row r="2437" spans="2:2">
+      <c r="B2437" t="s">
+        <v>2484</v>
+      </c>
+    </row>
+    <row r="2438" spans="2:2">
+      <c r="B2438" t="s">
+        <v>2485</v>
+      </c>
+    </row>
+    <row r="2439" spans="2:2">
+      <c r="B2439" t="s">
+        <v>2486</v>
+      </c>
+    </row>
+    <row r="2440" spans="2:2">
+      <c r="B2440" t="s">
+        <v>2487</v>
+      </c>
+    </row>
+    <row r="2441" spans="2:2">
+      <c r="B2441" t="s">
+        <v>2488</v>
+      </c>
+    </row>
+    <row r="2442" spans="2:2">
+      <c r="B2442" t="s">
+        <v>2489</v>
+      </c>
+    </row>
+    <row r="2443" spans="2:2">
+      <c r="B2443" t="s">
+        <v>2490</v>
+      </c>
+    </row>
+    <row r="2444" spans="2:2">
+      <c r="B2444" t="s">
+        <v>2491</v>
+      </c>
+    </row>
+    <row r="2445" spans="2:2">
+      <c r="B2445" t="s">
+        <v>2492</v>
+      </c>
+    </row>
+    <row r="2446" spans="2:2">
+      <c r="B2446" t="s">
+        <v>2493</v>
+      </c>
+    </row>
+    <row r="2447" spans="2:2">
+      <c r="B2447" t="s">
+        <v>2494</v>
+      </c>
+    </row>
+    <row r="2448" spans="2:2">
+      <c r="B2448" t="s">
+        <v>2495</v>
+      </c>
+    </row>
+    <row r="2449" spans="1:5">
+      <c r="B2449" t="s">
+        <v>2496</v>
+      </c>
+    </row>
+    <row r="2451" spans="1:5">
+      <c r="A2451" s="3">
+        <v>46056</v>
+      </c>
+      <c r="B2451" t="s">
+        <v>2497</v>
+      </c>
+      <c r="C2451" t="s">
+        <v>2498</v>
+      </c>
+      <c r="D2451" t="s">
+        <v>2499</v>
+      </c>
+      <c r="E2451">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="2452" spans="1:5">
+      <c r="B2452" t="s">
+        <v>2500</v>
+      </c>
+    </row>
+    <row r="2453" spans="1:5">
+      <c r="B2453" t="s">
+        <v>2501</v>
+      </c>
+    </row>
+    <row r="2454" spans="1:5">
+      <c r="B2454" t="s">
+        <v>2502</v>
+      </c>
+    </row>
+    <row r="2455" spans="1:5">
+      <c r="B2455" t="s">
+        <v>2503</v>
+      </c>
+      <c r="D2455" t="s">
+        <v>2504</v>
+      </c>
+    </row>
+    <row r="2456" spans="1:5">
+      <c r="B2456" t="s">
+        <v>2505</v>
+      </c>
+    </row>
+    <row r="2457" spans="1:5">
+      <c r="B2457" t="s">
+        <v>2506</v>
+      </c>
+    </row>
+    <row r="2458" spans="1:5">
+      <c r="B2458" t="s">
+        <v>2507</v>
+      </c>
+    </row>
+    <row r="2459" spans="1:5">
+      <c r="B2459" t="s">
+        <v>2508</v>
+      </c>
+      <c r="D2459" t="s">
+        <v>2509</v>
+      </c>
+    </row>
+    <row r="2460" spans="1:5">
+      <c r="B2460" t="s">
+        <v>2510</v>
+      </c>
+    </row>
+    <row r="2461" spans="1:5">
+      <c r="B2461" t="s">
+        <v>2511</v>
+      </c>
+    </row>
+    <row r="2462" spans="1:5">
+      <c r="B2462" t="s">
+        <v>2512</v>
+      </c>
+    </row>
+    <row r="2463" spans="1:5">
+      <c r="B2463" t="s">
+        <v>2513</v>
+      </c>
+      <c r="D2463" t="s">
+        <v>2514</v>
+      </c>
+    </row>
+    <row r="2464" spans="1:5">
+      <c r="B2464" t="s">
+        <v>2515</v>
+      </c>
+    </row>
+    <row r="2465" spans="2:4">
+      <c r="B2465" t="s">
+        <v>2516</v>
+      </c>
+    </row>
+    <row r="2466" spans="2:4">
+      <c r="B2466" t="s">
+        <v>2517</v>
+      </c>
+    </row>
+    <row r="2467" spans="2:4">
+      <c r="B2467" t="s">
+        <v>2518</v>
+      </c>
+      <c r="D2467" t="s">
+        <v>2519</v>
+      </c>
+    </row>
+    <row r="2468" spans="2:4">
+      <c r="B2468" t="s">
+        <v>2520</v>
+      </c>
+    </row>
+    <row r="2469" spans="2:4">
+      <c r="B2469" t="s">
+        <v>2521</v>
+      </c>
+    </row>
+    <row r="2470" spans="2:4">
+      <c r="B2470" t="s">
+        <v>2522</v>
+      </c>
+    </row>
+    <row r="2471" spans="2:4">
+      <c r="B2471" t="s">
+        <v>2523</v>
+      </c>
+      <c r="D2471" t="s">
+        <v>2524</v>
+      </c>
+    </row>
+    <row r="2472" spans="2:4">
+      <c r="B2472" t="s">
+        <v>2525</v>
+      </c>
+    </row>
+    <row r="2473" spans="2:4">
+      <c r="B2473" t="s">
+        <v>2526</v>
+      </c>
+    </row>
+    <row r="2474" spans="2:4">
+      <c r="B2474" t="s">
+        <v>2527</v>
+      </c>
+    </row>
+    <row r="2475" spans="2:4">
+      <c r="B2475" t="s">
+        <v>2528</v>
+      </c>
+      <c r="D2475" t="s">
+        <v>2529</v>
+      </c>
+    </row>
+    <row r="2476" spans="2:4">
+      <c r="B2476" t="s">
+        <v>2530</v>
+      </c>
+    </row>
+    <row r="2477" spans="2:4">
+      <c r="B2477" t="s">
+        <v>2531</v>
+      </c>
+    </row>
+    <row r="2478" spans="2:4">
+      <c r="B2478" t="s">
+        <v>2532</v>
+      </c>
+    </row>
+    <row r="2479" spans="2:4">
+      <c r="B2479" t="s">
+        <v>2533</v>
+      </c>
+      <c r="D2479" t="s">
+        <v>2534</v>
+      </c>
+    </row>
+    <row r="2480" spans="2:4">
+      <c r="B2480" t="s">
+        <v>2535</v>
+      </c>
+    </row>
+    <row r="2481" spans="2:4">
+      <c r="B2481" t="s">
+        <v>2536</v>
+      </c>
+    </row>
+    <row r="2482" spans="2:4">
+      <c r="B2482" t="s">
+        <v>2537</v>
+      </c>
+    </row>
+    <row r="2483" spans="2:4">
+      <c r="B2483" t="s">
+        <v>2538</v>
+      </c>
+      <c r="D2483" t="s">
+        <v>2539</v>
+      </c>
+    </row>
+    <row r="2484" spans="2:4">
+      <c r="B2484" t="s">
+        <v>2540</v>
+      </c>
+    </row>
+    <row r="2485" spans="2:4">
+      <c r="B2485" t="s">
+        <v>2541</v>
+      </c>
+    </row>
+    <row r="2486" spans="2:4">
+      <c r="B2486" t="s">
+        <v>2542</v>
+      </c>
+    </row>
+    <row r="2487" spans="2:4">
+      <c r="B2487" t="s">
+        <v>2543</v>
+      </c>
+      <c r="D2487" t="s">
+        <v>2544</v>
+      </c>
+    </row>
+    <row r="2488" spans="2:4">
+      <c r="B2488" t="s">
+        <v>2545</v>
+      </c>
+    </row>
+    <row r="2489" spans="2:4">
+      <c r="B2489" t="s">
+        <v>2546</v>
+      </c>
+    </row>
+    <row r="2490" spans="2:4">
+      <c r="B2490" t="s">
+        <v>2547</v>
+      </c>
+    </row>
+    <row r="2491" spans="2:4">
+      <c r="B2491" t="s">
+        <v>2548</v>
+      </c>
+      <c r="D2491" t="s">
+        <v>2549</v>
+      </c>
+    </row>
+    <row r="2492" spans="2:4">
+      <c r="B2492" t="s">
+        <v>2550</v>
+      </c>
+    </row>
+    <row r="2493" spans="2:4">
+      <c r="B2493" t="s">
+        <v>2551</v>
+      </c>
+    </row>
+    <row r="2494" spans="2:4">
+      <c r="B2494" t="s">
+        <v>2552</v>
+      </c>
+    </row>
+    <row r="2495" spans="2:4">
+      <c r="B2495" t="s">
+        <v>2553</v>
+      </c>
+      <c r="D2495" t="s">
+        <v>2554</v>
+      </c>
+    </row>
+    <row r="2496" spans="2:4">
+      <c r="B2496" t="s">
+        <v>2555</v>
+      </c>
+    </row>
+    <row r="2497" spans="2:4">
+      <c r="B2497" t="s">
+        <v>2556</v>
+      </c>
+    </row>
+    <row r="2498" spans="2:4">
+      <c r="B2498" t="s">
+        <v>2557</v>
+      </c>
+    </row>
+    <row r="2499" spans="2:4">
+      <c r="B2499" t="s">
+        <v>2558</v>
+      </c>
+      <c r="D2499" t="s">
+        <v>2559</v>
+      </c>
+    </row>
+    <row r="2500" spans="2:4">
+      <c r="B2500" t="s">
+        <v>2560</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>WPS 表格</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>工作表</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Administrator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ICV">
     <vt:lpwstr>6EAEAD9DFB17448CA8EC94A0045778B9_11</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="KSOProductBuildVer">
-    <vt:lpwstr>2052-12.1.0.24034</vt:lpwstr>
+    <vt:lpwstr>2052-12.1.0.24657</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="CalculationRule">
     <vt:i4>0</vt:i4>
   </property>
 </Properties>
 </file>