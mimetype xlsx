--- v1 (2026-02-05)
+++ v2 (2026-03-26)
@@ -24,51 +24,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView windowWidth="27945" windowHeight="12375"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2706" uniqueCount="2561">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2882" uniqueCount="2716">
   <si>
     <t>生产日期</t>
   </si>
   <si>
     <t>产品序列号</t>
   </si>
   <si>
     <t>产品型号配置</t>
   </si>
   <si>
     <t>外箱箱号</t>
   </si>
   <si>
     <t>数量</t>
   </si>
   <si>
     <t>备注</t>
   </si>
   <si>
     <t>2023.11.30</t>
   </si>
   <si>
     <t>XM5E1B11023Y11300001</t>
   </si>
   <si>
@@ -7707,50 +7707,515 @@
     <t>1B068F00044</t>
   </si>
   <si>
     <t>1B068F00045</t>
   </si>
   <si>
     <t>&amp;202602040012</t>
   </si>
   <si>
     <t>1B068F00046</t>
   </si>
   <si>
     <t>1B068F00047</t>
   </si>
   <si>
     <t>1B068F00048</t>
   </si>
   <si>
     <t>1B068F00049</t>
   </si>
   <si>
     <t>&amp;202602040013</t>
   </si>
   <si>
     <t>1B068F00050</t>
+  </si>
+  <si>
+    <t>1B098F00001B3127</t>
+  </si>
+  <si>
+    <t>&amp;202602280004</t>
+  </si>
+  <si>
+    <t>1B098F00002</t>
+  </si>
+  <si>
+    <t>1B098F00003</t>
+  </si>
+  <si>
+    <t>1B098F00004</t>
+  </si>
+  <si>
+    <t>1B098F00005</t>
+  </si>
+  <si>
+    <t>&amp;202602280005</t>
+  </si>
+  <si>
+    <t>1B098F00006</t>
+  </si>
+  <si>
+    <t>1B098F00007</t>
+  </si>
+  <si>
+    <t>1B098F00008</t>
+  </si>
+  <si>
+    <t>1B098F00001B3132</t>
+  </si>
+  <si>
+    <t>&amp;202602280001</t>
+  </si>
+  <si>
+    <t>&amp;202602280002</t>
+  </si>
+  <si>
+    <t>1B098F00009</t>
+  </si>
+  <si>
+    <t>&amp;202602280003</t>
+  </si>
+  <si>
+    <t>1B098F00010</t>
+  </si>
+  <si>
+    <t>1B098F00001B8184</t>
+  </si>
+  <si>
+    <t>&amp;202603070001</t>
+  </si>
+  <si>
+    <t>&amp;202603070002</t>
+  </si>
+  <si>
+    <t>&amp;202603070003</t>
+  </si>
+  <si>
+    <t>&amp;202603070004</t>
+  </si>
+  <si>
+    <t>1B098F00011</t>
+  </si>
+  <si>
+    <t>1B098F00012</t>
+  </si>
+  <si>
+    <t>1B098F00013</t>
+  </si>
+  <si>
+    <t>&amp;202603070005</t>
+  </si>
+  <si>
+    <t>1B098F00014</t>
+  </si>
+  <si>
+    <t>1B098F00015</t>
+  </si>
+  <si>
+    <t>1B098F00016</t>
+  </si>
+  <si>
+    <t>&amp;202603070006</t>
+  </si>
+  <si>
+    <t>1B098F00017</t>
+  </si>
+  <si>
+    <t>1B098F00018</t>
+  </si>
+  <si>
+    <t>1B098F00019</t>
+  </si>
+  <si>
+    <t>&amp;202603070007</t>
+  </si>
+  <si>
+    <t>1B098F00020</t>
+  </si>
+  <si>
+    <t>1B098F00021</t>
+  </si>
+  <si>
+    <t>1B098F00022</t>
+  </si>
+  <si>
+    <t>&amp;202603070008</t>
+  </si>
+  <si>
+    <t>1B098F00023</t>
+  </si>
+  <si>
+    <t>1B098F00024</t>
+  </si>
+  <si>
+    <t>1B098F00025</t>
+  </si>
+  <si>
+    <t>&amp;202603070009</t>
+  </si>
+  <si>
+    <t>1B098F00026</t>
+  </si>
+  <si>
+    <t>1B098F00027</t>
+  </si>
+  <si>
+    <t>1B098F00028</t>
+  </si>
+  <si>
+    <t>&amp;202603070010</t>
+  </si>
+  <si>
+    <t>1B098F00029</t>
+  </si>
+  <si>
+    <t>1B098F00030</t>
+  </si>
+  <si>
+    <t>1B098F00031</t>
+  </si>
+  <si>
+    <t>&amp;202603070011</t>
+  </si>
+  <si>
+    <t>1B098F00032</t>
+  </si>
+  <si>
+    <t>1B098F00033</t>
+  </si>
+  <si>
+    <t>1B098F00034</t>
+  </si>
+  <si>
+    <t>&amp;202603070012</t>
+  </si>
+  <si>
+    <t>1B098F00035</t>
+  </si>
+  <si>
+    <t>1B098F00036</t>
+  </si>
+  <si>
+    <t>1B098F00037</t>
+  </si>
+  <si>
+    <t>&amp;202603070013</t>
+  </si>
+  <si>
+    <t>1B098F00038</t>
+  </si>
+  <si>
+    <t>1B098F00039</t>
+  </si>
+  <si>
+    <t>1B098F00040</t>
+  </si>
+  <si>
+    <t>&amp;202603070014</t>
+  </si>
+  <si>
+    <t>1B098F00041</t>
+  </si>
+  <si>
+    <t>1B098F00042</t>
+  </si>
+  <si>
+    <t>1B098F00043</t>
+  </si>
+  <si>
+    <t>&amp;202603070015</t>
+  </si>
+  <si>
+    <t>1B098F00044</t>
+  </si>
+  <si>
+    <t>1B098F00045</t>
+  </si>
+  <si>
+    <t>1B098F00046</t>
+  </si>
+  <si>
+    <t>&amp;202603070016</t>
+  </si>
+  <si>
+    <t>1B098F00047</t>
+  </si>
+  <si>
+    <t>1B098F00048</t>
+  </si>
+  <si>
+    <t>1B098F00049</t>
+  </si>
+  <si>
+    <t>&amp;202603070017</t>
+  </si>
+  <si>
+    <t>1B098F00050</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y110001</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y110002</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y110003</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y110004</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y110005</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y110006</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y110007</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y110008</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y110009</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y110010</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y110011</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y110012</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y110013</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y110014</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y110015</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y110016</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y110017</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y110018</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y110019</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y110020</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y110021</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y110022</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y130001</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y130002</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y130003</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y130004</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y130005</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y130006</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y130007</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y130008</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y130009</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y130010</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y130011</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y130012</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y130013</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y130014</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y130015</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y130016</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y130017</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y130018</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y130019</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y130020</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y130021</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y130022</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y130023</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y130024</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y130025</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y130026</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y130027</t>
+  </si>
+  <si>
+    <t>XWE10W8126Y130028</t>
+  </si>
+  <si>
+    <t>XWE12W8126Y131601</t>
+  </si>
+  <si>
+    <t>W12RW-G-06/I5-8260U/8G/128G/WIFI/12V7A</t>
+  </si>
+  <si>
+    <t>XWE12W8126Y131602</t>
+  </si>
+  <si>
+    <t>XWE12W8126Y131603</t>
+  </si>
+  <si>
+    <t>XWE12W8126Y131604</t>
+  </si>
+  <si>
+    <t>XWE12W8126Y131605</t>
+  </si>
+  <si>
+    <t>XWE12W8126Y131606</t>
+  </si>
+  <si>
+    <t>XWE12W8126Y131607</t>
+  </si>
+  <si>
+    <t>XWE12W8126Y131608</t>
+  </si>
+  <si>
+    <t>XWE12W8126Y131609</t>
+  </si>
+  <si>
+    <t>XWE12W8126Y131610</t>
+  </si>
+  <si>
+    <t>XWE12W8126Y131611</t>
+  </si>
+  <si>
+    <t>XWE12W8126Y131612</t>
+  </si>
+  <si>
+    <t>XWE12W8126Y131613</t>
+  </si>
+  <si>
+    <t>XWE12W8126Y131614</t>
+  </si>
+  <si>
+    <t>XWE12W8126Y131615</t>
+  </si>
+  <si>
+    <t>XWE12W8126Y131616</t>
+  </si>
+  <si>
+    <t>XWE12W8126Y131617</t>
+  </si>
+  <si>
+    <t>XWE12W8126Y131618</t>
+  </si>
+  <si>
+    <t>XWE12W8126Y131619</t>
+  </si>
+  <si>
+    <t>XWE12W8126Y131620</t>
+  </si>
+  <si>
+    <t>XWE12W8126Y131621</t>
+  </si>
+  <si>
+    <t>XWE12W8126Y131622</t>
+  </si>
+  <si>
+    <t>XWE12W8126Y131623</t>
+  </si>
+  <si>
+    <t>XWE12W8126Y131624</t>
+  </si>
+  <si>
+    <t>XWE12W8126Y131625</t>
+  </si>
+  <si>
+    <t>XWE12W8126Y131626</t>
+  </si>
+  <si>
+    <t>XWE12W8126Y131627</t>
+  </si>
+  <si>
+    <t>XWE12W8126Y131628</t>
+  </si>
+  <si>
+    <t>XWE12W8126Y131629</t>
+  </si>
+  <si>
+    <t>XWE12W8126Y131630</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="xr9">
   <numFmts count="4">
     <numFmt numFmtId="41" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;_ ;_ @_ "/>
     <numFmt numFmtId="42" formatCode="_ &quot;￥&quot;* #,##0_ ;_ &quot;￥&quot;* \-#,##0_ ;_ &quot;￥&quot;* &quot;-&quot;_ ;_ @_ "/>
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="44" formatCode="_ &quot;￥&quot;* #,##0.00_ ;_ &quot;￥&quot;* \-#,##0.00_ ;_ &quot;￥&quot;* &quot;-&quot;??_ ;_ @_ "/>
   </numFmts>
   <fonts count="22">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="宋体"/>
       <charset val="134"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Tahoma"/>
       <charset val="134"/>
@@ -8888,56 +9353,56 @@
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:etc="http://www.wps.cn/officeDocument/2017/etCustomData">
   <sheetPr codeName="Sheet1"/>
-  <dimension ref="A1:F2500"/>
+  <dimension ref="A1:F2655"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A1029" activePane="bottomLeft" state="frozen"/>
+      <pane ySplit="1" topLeftCell="A2623" activePane="bottomLeft" state="frozen"/>
       <selection/>
-      <selection pane="bottomLeft" activeCell="C1049" sqref="C1049"/>
+      <selection pane="bottomLeft" activeCell="C2652" sqref="C2652"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.5" outlineLevelCol="5"/>
   <cols>
     <col min="1" max="1" width="10.8583333333333" customWidth="1"/>
     <col min="2" max="2" width="17.9833333333333" customWidth="1"/>
     <col min="3" max="3" width="45" customWidth="1"/>
     <col min="4" max="4" width="15.8583333333333" customWidth="1"/>
     <col min="5" max="5" width="7.4" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -22280,97 +22745,954 @@
       </c>
     </row>
     <row r="2493" spans="2:4">
       <c r="B2493" t="s">
         <v>2551</v>
       </c>
     </row>
     <row r="2494" spans="2:4">
       <c r="B2494" t="s">
         <v>2552</v>
       </c>
     </row>
     <row r="2495" spans="2:4">
       <c r="B2495" t="s">
         <v>2553</v>
       </c>
       <c r="D2495" t="s">
         <v>2554</v>
       </c>
     </row>
     <row r="2496" spans="2:4">
       <c r="B2496" t="s">
         <v>2555</v>
       </c>
     </row>
-    <row r="2497" spans="2:4">
+    <row r="2497" spans="1:5">
       <c r="B2497" t="s">
         <v>2556</v>
       </c>
     </row>
-    <row r="2498" spans="2:4">
+    <row r="2498" spans="1:5">
       <c r="B2498" t="s">
         <v>2557</v>
       </c>
     </row>
-    <row r="2499" spans="2:4">
+    <row r="2499" spans="1:5">
       <c r="B2499" t="s">
         <v>2558</v>
       </c>
       <c r="D2499" t="s">
         <v>2559</v>
       </c>
     </row>
-    <row r="2500" spans="2:4">
+    <row r="2500" spans="1:5">
       <c r="B2500" t="s">
         <v>2560</v>
+      </c>
+    </row>
+    <row r="2502" spans="1:5">
+      <c r="A2502" s="3">
+        <v>46078</v>
+      </c>
+      <c r="B2502" t="s">
+        <v>2561</v>
+      </c>
+      <c r="C2502" t="s">
+        <v>8</v>
+      </c>
+      <c r="D2502" t="s">
+        <v>2562</v>
+      </c>
+      <c r="E2502">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="2503" spans="1:5">
+      <c r="B2503" t="s">
+        <v>2563</v>
+      </c>
+    </row>
+    <row r="2504" spans="1:5">
+      <c r="B2504" t="s">
+        <v>2564</v>
+      </c>
+    </row>
+    <row r="2505" spans="1:5">
+      <c r="B2505" t="s">
+        <v>2565</v>
+      </c>
+    </row>
+    <row r="2506" spans="1:5">
+      <c r="B2506" t="s">
+        <v>2566</v>
+      </c>
+      <c r="D2506" t="s">
+        <v>2567</v>
+      </c>
+    </row>
+    <row r="2507" spans="1:5">
+      <c r="B2507" t="s">
+        <v>2568</v>
+      </c>
+    </row>
+    <row r="2508" spans="1:5">
+      <c r="B2508" t="s">
+        <v>2569</v>
+      </c>
+    </row>
+    <row r="2509" spans="1:5">
+      <c r="B2509" t="s">
+        <v>2570</v>
+      </c>
+    </row>
+    <row r="2511" spans="1:5">
+      <c r="B2511" t="s">
+        <v>2571</v>
+      </c>
+      <c r="C2511" t="s">
+        <v>2498</v>
+      </c>
+      <c r="D2511" t="s">
+        <v>2572</v>
+      </c>
+      <c r="E2511">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="2512" spans="1:5">
+      <c r="B2512" t="s">
+        <v>2563</v>
+      </c>
+    </row>
+    <row r="2513" spans="1:5">
+      <c r="B2513" t="s">
+        <v>2564</v>
+      </c>
+    </row>
+    <row r="2514" spans="1:5">
+      <c r="B2514" t="s">
+        <v>2565</v>
+      </c>
+    </row>
+    <row r="2515" spans="1:5">
+      <c r="B2515" t="s">
+        <v>2566</v>
+      </c>
+      <c r="D2515" t="s">
+        <v>2573</v>
+      </c>
+    </row>
+    <row r="2516" spans="1:5">
+      <c r="B2516" t="s">
+        <v>2568</v>
+      </c>
+    </row>
+    <row r="2517" spans="1:5">
+      <c r="B2517" t="s">
+        <v>2569</v>
+      </c>
+    </row>
+    <row r="2518" spans="1:5">
+      <c r="B2518" t="s">
+        <v>2570</v>
+      </c>
+    </row>
+    <row r="2519" spans="1:5">
+      <c r="B2519" t="s">
+        <v>2574</v>
+      </c>
+      <c r="D2519" t="s">
+        <v>2575</v>
+      </c>
+    </row>
+    <row r="2520" spans="1:5">
+      <c r="B2520" t="s">
+        <v>2576</v>
+      </c>
+    </row>
+    <row r="2522" spans="1:5">
+      <c r="A2522" s="3">
+        <v>46081</v>
+      </c>
+      <c r="B2522" t="s">
+        <v>2577</v>
+      </c>
+      <c r="C2522" t="s">
+        <v>2263</v>
+      </c>
+      <c r="D2522" t="s">
+        <v>2578</v>
+      </c>
+      <c r="E2522">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="2523" spans="1:5">
+      <c r="B2523" t="s">
+        <v>2563</v>
+      </c>
+    </row>
+    <row r="2524" spans="1:5">
+      <c r="B2524" t="s">
+        <v>2564</v>
+      </c>
+    </row>
+    <row r="2525" spans="1:5">
+      <c r="B2525" t="s">
+        <v>2565</v>
+      </c>
+      <c r="D2525" t="s">
+        <v>2579</v>
+      </c>
+    </row>
+    <row r="2526" spans="1:5">
+      <c r="B2526" t="s">
+        <v>2566</v>
+      </c>
+    </row>
+    <row r="2527" spans="1:5">
+      <c r="B2527" t="s">
+        <v>2568</v>
+      </c>
+    </row>
+    <row r="2528" spans="1:5">
+      <c r="B2528" t="s">
+        <v>2569</v>
+      </c>
+      <c r="D2528" t="s">
+        <v>2580</v>
+      </c>
+    </row>
+    <row r="2529" spans="2:4">
+      <c r="B2529" t="s">
+        <v>2570</v>
+      </c>
+    </row>
+    <row r="2530" spans="2:4">
+      <c r="B2530" t="s">
+        <v>2574</v>
+      </c>
+    </row>
+    <row r="2531" spans="2:4">
+      <c r="B2531" t="s">
+        <v>2576</v>
+      </c>
+      <c r="D2531" t="s">
+        <v>2581</v>
+      </c>
+    </row>
+    <row r="2532" spans="2:4">
+      <c r="B2532" t="s">
+        <v>2582</v>
+      </c>
+    </row>
+    <row r="2533" spans="2:4">
+      <c r="B2533" t="s">
+        <v>2583</v>
+      </c>
+    </row>
+    <row r="2534" spans="2:4">
+      <c r="B2534" t="s">
+        <v>2584</v>
+      </c>
+      <c r="D2534" t="s">
+        <v>2585</v>
+      </c>
+    </row>
+    <row r="2535" spans="2:4">
+      <c r="B2535" t="s">
+        <v>2586</v>
+      </c>
+    </row>
+    <row r="2536" spans="2:4">
+      <c r="B2536" t="s">
+        <v>2587</v>
+      </c>
+    </row>
+    <row r="2537" spans="2:4">
+      <c r="B2537" t="s">
+        <v>2588</v>
+      </c>
+      <c r="D2537" t="s">
+        <v>2589</v>
+      </c>
+    </row>
+    <row r="2538" spans="2:4">
+      <c r="B2538" t="s">
+        <v>2590</v>
+      </c>
+    </row>
+    <row r="2539" spans="2:4">
+      <c r="B2539" t="s">
+        <v>2591</v>
+      </c>
+    </row>
+    <row r="2540" spans="2:4">
+      <c r="B2540" t="s">
+        <v>2592</v>
+      </c>
+      <c r="D2540" t="s">
+        <v>2593</v>
+      </c>
+    </row>
+    <row r="2541" spans="2:4">
+      <c r="B2541" t="s">
+        <v>2594</v>
+      </c>
+    </row>
+    <row r="2542" spans="2:4">
+      <c r="B2542" t="s">
+        <v>2595</v>
+      </c>
+    </row>
+    <row r="2543" spans="2:4">
+      <c r="B2543" t="s">
+        <v>2596</v>
+      </c>
+      <c r="D2543" t="s">
+        <v>2597</v>
+      </c>
+    </row>
+    <row r="2544" spans="2:4">
+      <c r="B2544" t="s">
+        <v>2598</v>
+      </c>
+    </row>
+    <row r="2545" spans="2:4">
+      <c r="B2545" t="s">
+        <v>2599</v>
+      </c>
+    </row>
+    <row r="2546" spans="2:4">
+      <c r="B2546" t="s">
+        <v>2600</v>
+      </c>
+      <c r="D2546" t="s">
+        <v>2601</v>
+      </c>
+    </row>
+    <row r="2547" spans="2:4">
+      <c r="B2547" t="s">
+        <v>2602</v>
+      </c>
+    </row>
+    <row r="2548" spans="2:4">
+      <c r="B2548" t="s">
+        <v>2603</v>
+      </c>
+    </row>
+    <row r="2549" spans="2:4">
+      <c r="B2549" t="s">
+        <v>2604</v>
+      </c>
+      <c r="D2549" t="s">
+        <v>2605</v>
+      </c>
+    </row>
+    <row r="2550" spans="2:4">
+      <c r="B2550" t="s">
+        <v>2606</v>
+      </c>
+    </row>
+    <row r="2551" spans="2:4">
+      <c r="B2551" t="s">
+        <v>2607</v>
+      </c>
+    </row>
+    <row r="2552" spans="2:4">
+      <c r="B2552" t="s">
+        <v>2608</v>
+      </c>
+      <c r="D2552" t="s">
+        <v>2609</v>
+      </c>
+    </row>
+    <row r="2553" spans="2:4">
+      <c r="B2553" t="s">
+        <v>2610</v>
+      </c>
+    </row>
+    <row r="2554" spans="2:4">
+      <c r="B2554" t="s">
+        <v>2611</v>
+      </c>
+    </row>
+    <row r="2555" spans="2:4">
+      <c r="B2555" t="s">
+        <v>2612</v>
+      </c>
+      <c r="D2555" t="s">
+        <v>2613</v>
+      </c>
+    </row>
+    <row r="2556" spans="2:4">
+      <c r="B2556" t="s">
+        <v>2614</v>
+      </c>
+    </row>
+    <row r="2557" spans="2:4">
+      <c r="B2557" t="s">
+        <v>2615</v>
+      </c>
+    </row>
+    <row r="2558" spans="2:4">
+      <c r="B2558" t="s">
+        <v>2616</v>
+      </c>
+      <c r="D2558" t="s">
+        <v>2617</v>
+      </c>
+    </row>
+    <row r="2559" spans="2:4">
+      <c r="B2559" t="s">
+        <v>2618</v>
+      </c>
+    </row>
+    <row r="2560" spans="2:4">
+      <c r="B2560" t="s">
+        <v>2619</v>
+      </c>
+    </row>
+    <row r="2561" spans="1:5">
+      <c r="B2561" t="s">
+        <v>2620</v>
+      </c>
+      <c r="D2561" t="s">
+        <v>2621</v>
+      </c>
+    </row>
+    <row r="2562" spans="1:5">
+      <c r="B2562" t="s">
+        <v>2622</v>
+      </c>
+    </row>
+    <row r="2563" spans="1:5">
+      <c r="B2563" t="s">
+        <v>2623</v>
+      </c>
+    </row>
+    <row r="2564" spans="1:5">
+      <c r="B2564" t="s">
+        <v>2624</v>
+      </c>
+      <c r="D2564" t="s">
+        <v>2625</v>
+      </c>
+    </row>
+    <row r="2565" spans="1:5">
+      <c r="B2565" t="s">
+        <v>2626</v>
+      </c>
+    </row>
+    <row r="2566" spans="1:5">
+      <c r="B2566" t="s">
+        <v>2627</v>
+      </c>
+    </row>
+    <row r="2567" spans="1:5">
+      <c r="B2567" t="s">
+        <v>2628</v>
+      </c>
+      <c r="D2567" t="s">
+        <v>2629</v>
+      </c>
+    </row>
+    <row r="2568" spans="1:5">
+      <c r="B2568" t="s">
+        <v>2630</v>
+      </c>
+    </row>
+    <row r="2569" spans="1:5">
+      <c r="B2569" t="s">
+        <v>2631</v>
+      </c>
+    </row>
+    <row r="2570" spans="1:5">
+      <c r="B2570" t="s">
+        <v>2632</v>
+      </c>
+      <c r="D2570" t="s">
+        <v>2633</v>
+      </c>
+    </row>
+    <row r="2571" spans="1:5">
+      <c r="B2571" t="s">
+        <v>2634</v>
+      </c>
+    </row>
+    <row r="2573" spans="1:5">
+      <c r="A2573" s="3">
+        <v>46091</v>
+      </c>
+      <c r="B2573" t="s">
+        <v>2635</v>
+      </c>
+      <c r="C2573" t="s">
+        <v>2452</v>
+      </c>
+      <c r="E2573">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="2574" spans="1:5">
+      <c r="B2574" t="s">
+        <v>2636</v>
+      </c>
+    </row>
+    <row r="2575" spans="1:5">
+      <c r="B2575" t="s">
+        <v>2637</v>
+      </c>
+    </row>
+    <row r="2576" spans="1:5">
+      <c r="B2576" t="s">
+        <v>2638</v>
+      </c>
+    </row>
+    <row r="2577" spans="2:2">
+      <c r="B2577" t="s">
+        <v>2639</v>
+      </c>
+    </row>
+    <row r="2578" spans="2:2">
+      <c r="B2578" t="s">
+        <v>2640</v>
+      </c>
+    </row>
+    <row r="2579" spans="2:2">
+      <c r="B2579" t="s">
+        <v>2641</v>
+      </c>
+    </row>
+    <row r="2580" spans="2:2">
+      <c r="B2580" t="s">
+        <v>2642</v>
+      </c>
+    </row>
+    <row r="2581" spans="2:2">
+      <c r="B2581" t="s">
+        <v>2643</v>
+      </c>
+    </row>
+    <row r="2582" spans="2:2">
+      <c r="B2582" t="s">
+        <v>2644</v>
+      </c>
+    </row>
+    <row r="2583" spans="2:2">
+      <c r="B2583" t="s">
+        <v>2645</v>
+      </c>
+    </row>
+    <row r="2584" spans="2:2">
+      <c r="B2584" t="s">
+        <v>2646</v>
+      </c>
+    </row>
+    <row r="2585" spans="2:2">
+      <c r="B2585" t="s">
+        <v>2647</v>
+      </c>
+    </row>
+    <row r="2586" spans="2:2">
+      <c r="B2586" t="s">
+        <v>2648</v>
+      </c>
+    </row>
+    <row r="2587" spans="2:2">
+      <c r="B2587" t="s">
+        <v>2649</v>
+      </c>
+    </row>
+    <row r="2588" spans="2:2">
+      <c r="B2588" t="s">
+        <v>2650</v>
+      </c>
+    </row>
+    <row r="2589" spans="2:2">
+      <c r="B2589" t="s">
+        <v>2651</v>
+      </c>
+    </row>
+    <row r="2590" spans="2:2">
+      <c r="B2590" t="s">
+        <v>2652</v>
+      </c>
+    </row>
+    <row r="2591" spans="2:2">
+      <c r="B2591" t="s">
+        <v>2653</v>
+      </c>
+    </row>
+    <row r="2592" spans="2:2">
+      <c r="B2592" t="s">
+        <v>2654</v>
+      </c>
+    </row>
+    <row r="2593" spans="1:5">
+      <c r="B2593" t="s">
+        <v>2655</v>
+      </c>
+    </row>
+    <row r="2594" spans="1:5">
+      <c r="B2594" t="s">
+        <v>2656</v>
+      </c>
+    </row>
+    <row r="2597" spans="1:5">
+      <c r="A2597" s="3">
+        <v>46105</v>
+      </c>
+      <c r="B2597" t="s">
+        <v>2657</v>
+      </c>
+      <c r="C2597" t="s">
+        <v>2452</v>
+      </c>
+      <c r="E2597">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2598" spans="1:5">
+      <c r="B2598" t="s">
+        <v>2658</v>
+      </c>
+    </row>
+    <row r="2599" spans="1:5">
+      <c r="B2599" t="s">
+        <v>2659</v>
+      </c>
+    </row>
+    <row r="2600" spans="1:5">
+      <c r="B2600" t="s">
+        <v>2660</v>
+      </c>
+    </row>
+    <row r="2601" spans="1:5">
+      <c r="B2601" t="s">
+        <v>2661</v>
+      </c>
+    </row>
+    <row r="2602" spans="1:5">
+      <c r="B2602" t="s">
+        <v>2662</v>
+      </c>
+    </row>
+    <row r="2603" spans="1:5">
+      <c r="B2603" t="s">
+        <v>2663</v>
+      </c>
+    </row>
+    <row r="2604" spans="1:5">
+      <c r="B2604" t="s">
+        <v>2664</v>
+      </c>
+    </row>
+    <row r="2605" spans="1:5">
+      <c r="B2605" t="s">
+        <v>2665</v>
+      </c>
+    </row>
+    <row r="2606" spans="1:5">
+      <c r="B2606" t="s">
+        <v>2666</v>
+      </c>
+    </row>
+    <row r="2607" spans="1:5">
+      <c r="B2607" t="s">
+        <v>2667</v>
+      </c>
+    </row>
+    <row r="2608" spans="1:5">
+      <c r="B2608" t="s">
+        <v>2668</v>
+      </c>
+    </row>
+    <row r="2609" spans="2:2">
+      <c r="B2609" t="s">
+        <v>2669</v>
+      </c>
+    </row>
+    <row r="2610" spans="2:2">
+      <c r="B2610" t="s">
+        <v>2670</v>
+      </c>
+    </row>
+    <row r="2611" spans="2:2">
+      <c r="B2611" t="s">
+        <v>2671</v>
+      </c>
+    </row>
+    <row r="2612" spans="2:2">
+      <c r="B2612" t="s">
+        <v>2672</v>
+      </c>
+    </row>
+    <row r="2613" spans="2:2">
+      <c r="B2613" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="2614" spans="2:2">
+      <c r="B2614" t="s">
+        <v>2674</v>
+      </c>
+    </row>
+    <row r="2615" spans="2:2">
+      <c r="B2615" t="s">
+        <v>2675</v>
+      </c>
+    </row>
+    <row r="2616" spans="2:2">
+      <c r="B2616" t="s">
+        <v>2676</v>
+      </c>
+    </row>
+    <row r="2617" spans="2:2">
+      <c r="B2617" t="s">
+        <v>2677</v>
+      </c>
+    </row>
+    <row r="2618" spans="2:2">
+      <c r="B2618" t="s">
+        <v>2678</v>
+      </c>
+    </row>
+    <row r="2619" spans="2:2">
+      <c r="B2619" t="s">
+        <v>2679</v>
+      </c>
+    </row>
+    <row r="2620" spans="2:2">
+      <c r="B2620" t="s">
+        <v>2680</v>
+      </c>
+    </row>
+    <row r="2621" spans="2:2">
+      <c r="B2621" t="s">
+        <v>2681</v>
+      </c>
+    </row>
+    <row r="2622" spans="2:2">
+      <c r="B2622" t="s">
+        <v>2682</v>
+      </c>
+    </row>
+    <row r="2623" spans="2:2">
+      <c r="B2623" t="s">
+        <v>2683</v>
+      </c>
+    </row>
+    <row r="2624" spans="2:2">
+      <c r="B2624" t="s">
+        <v>2684</v>
+      </c>
+    </row>
+    <row r="2626" spans="1:5">
+      <c r="A2626" s="3">
+        <v>46107</v>
+      </c>
+      <c r="B2626" t="s">
+        <v>2685</v>
+      </c>
+      <c r="C2626" t="s">
+        <v>2686</v>
+      </c>
+      <c r="E2626">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="2627" spans="1:5">
+      <c r="B2627" t="s">
+        <v>2687</v>
+      </c>
+    </row>
+    <row r="2628" spans="1:5">
+      <c r="B2628" t="s">
+        <v>2688</v>
+      </c>
+    </row>
+    <row r="2629" spans="1:5">
+      <c r="B2629" t="s">
+        <v>2689</v>
+      </c>
+    </row>
+    <row r="2630" spans="1:5">
+      <c r="B2630" t="s">
+        <v>2690</v>
+      </c>
+    </row>
+    <row r="2631" spans="1:5">
+      <c r="B2631" t="s">
+        <v>2691</v>
+      </c>
+    </row>
+    <row r="2632" spans="1:5">
+      <c r="B2632" t="s">
+        <v>2692</v>
+      </c>
+    </row>
+    <row r="2633" spans="1:5">
+      <c r="B2633" t="s">
+        <v>2693</v>
+      </c>
+    </row>
+    <row r="2634" spans="1:5">
+      <c r="B2634" t="s">
+        <v>2694</v>
+      </c>
+    </row>
+    <row r="2635" spans="1:5">
+      <c r="B2635" t="s">
+        <v>2695</v>
+      </c>
+    </row>
+    <row r="2636" spans="1:5">
+      <c r="B2636" t="s">
+        <v>2696</v>
+      </c>
+    </row>
+    <row r="2637" spans="1:5">
+      <c r="B2637" t="s">
+        <v>2697</v>
+      </c>
+    </row>
+    <row r="2638" spans="1:5">
+      <c r="B2638" t="s">
+        <v>2698</v>
+      </c>
+    </row>
+    <row r="2639" spans="1:5">
+      <c r="B2639" t="s">
+        <v>2699</v>
+      </c>
+    </row>
+    <row r="2640" spans="1:5">
+      <c r="B2640" t="s">
+        <v>2700</v>
+      </c>
+    </row>
+    <row r="2641" spans="2:2">
+      <c r="B2641" t="s">
+        <v>2701</v>
+      </c>
+    </row>
+    <row r="2642" spans="2:2">
+      <c r="B2642" t="s">
+        <v>2702</v>
+      </c>
+    </row>
+    <row r="2643" spans="2:2">
+      <c r="B2643" t="s">
+        <v>2703</v>
+      </c>
+    </row>
+    <row r="2644" spans="2:2">
+      <c r="B2644" t="s">
+        <v>2704</v>
+      </c>
+    </row>
+    <row r="2645" spans="2:2">
+      <c r="B2645" t="s">
+        <v>2705</v>
+      </c>
+    </row>
+    <row r="2646" spans="2:2">
+      <c r="B2646" t="s">
+        <v>2706</v>
+      </c>
+    </row>
+    <row r="2647" spans="2:2">
+      <c r="B2647" t="s">
+        <v>2707</v>
+      </c>
+    </row>
+    <row r="2648" spans="2:2">
+      <c r="B2648" t="s">
+        <v>2708</v>
+      </c>
+    </row>
+    <row r="2649" spans="2:2">
+      <c r="B2649" t="s">
+        <v>2709</v>
+      </c>
+    </row>
+    <row r="2650" spans="2:2">
+      <c r="B2650" t="s">
+        <v>2710</v>
+      </c>
+    </row>
+    <row r="2651" spans="2:2">
+      <c r="B2651" t="s">
+        <v>2711</v>
+      </c>
+    </row>
+    <row r="2652" spans="2:2">
+      <c r="B2652" t="s">
+        <v>2712</v>
+      </c>
+    </row>
+    <row r="2653" spans="2:2">
+      <c r="B2653" t="s">
+        <v>2713</v>
+      </c>
+    </row>
+    <row r="2654" spans="2:2">
+      <c r="B2654" t="s">
+        <v>2714</v>
+      </c>
+    </row>
+    <row r="2655" spans="2:2">
+      <c r="B2655" t="s">
+        <v>2715</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>WPS 表格</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>工作表</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Administrator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ICV">
     <vt:lpwstr>6EAEAD9DFB17448CA8EC94A0045778B9_11</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="KSOProductBuildVer">
-    <vt:lpwstr>2052-12.1.0.24657</vt:lpwstr>
+    <vt:lpwstr>2052-12.1.0.25225</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="CalculationRule">
     <vt:i4>0</vt:i4>
   </property>
 </Properties>
 </file>