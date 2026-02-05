--- v0 (2025-12-21)
+++ v1 (2026-02-05)
@@ -105,102 +105,102 @@
   <si>
     <t>参数25</t>
   </si>
   <si>
     <t>参数26</t>
   </si>
   <si>
     <t>参数27</t>
   </si>
   <si>
     <t>参数28</t>
   </si>
   <si>
     <t>参数29</t>
   </si>
   <si>
     <t>备注</t>
   </si>
   <si>
     <t>装配人员</t>
   </si>
   <si>
     <t>证书号</t>
   </si>
   <si>
-    <t>148325121801</t>
-[...5 lines deleted...]
-    <t>PO2512003623</t>
+    <t>148326020301</t>
+  </si>
+  <si>
+    <t>2026-02-05</t>
+  </si>
+  <si>
+    <t>PO2601008834</t>
   </si>
   <si>
     <t>16080100881</t>
   </si>
   <si>
-    <t>P60IPC6041H6102512181</t>
-[...38 lines deleted...]
-    <t>2543 019805254300214E4F CBD32D4U2D8KM-16</t>
+    <t>P60IPC6041H6102602053</t>
+  </si>
+  <si>
+    <t>IAIH6104X26160037</t>
+  </si>
+  <si>
+    <t>2P105277808</t>
+  </si>
+  <si>
+    <t>U2K34F7601687</t>
+  </si>
+  <si>
+    <t>2P3000004231</t>
+  </si>
+  <si>
+    <t>OM8TAP41024K1-A0050026B7383F7EED34418B2A2DD86BE59</t>
+  </si>
+  <si>
+    <t>2P3000004462</t>
+  </si>
+  <si>
+    <t>P60IPC6041H6102602054</t>
+  </si>
+  <si>
+    <t>IAIH6104X26160341</t>
+  </si>
+  <si>
+    <t>2P105277265</t>
+  </si>
+  <si>
+    <t>U3LM613601970</t>
+  </si>
+  <si>
+    <t>2P3000003339</t>
+  </si>
+  <si>
+    <t>OM8TAP41024K1-A0050026B7383F7F1BC99186D898A11D86D</t>
+  </si>
+  <si>
+    <t>2P3000005702</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy-MM-dd"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>