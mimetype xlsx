--- v1 (2026-02-05)
+++ v2 (2026-03-26)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="行业参数信息表" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="51" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="53">
   <si>
     <t>BOM单号</t>
   </si>
   <si>
     <t>日期</t>
   </si>
   <si>
     <t>订单号</t>
   </si>
   <si>
     <t>物料号</t>
   </si>
   <si>
     <t>整机序列号</t>
   </si>
   <si>
     <t>主板序列号</t>
   </si>
   <si>
     <t>电源序列号</t>
   </si>
   <si>
     <t>CPU序列号</t>
   </si>
   <si>
@@ -105,102 +105,108 @@
   <si>
     <t>参数25</t>
   </si>
   <si>
     <t>参数26</t>
   </si>
   <si>
     <t>参数27</t>
   </si>
   <si>
     <t>参数28</t>
   </si>
   <si>
     <t>参数29</t>
   </si>
   <si>
     <t>备注</t>
   </si>
   <si>
     <t>装配人员</t>
   </si>
   <si>
     <t>证书号</t>
   </si>
   <si>
-    <t>148326020301</t>
-[...50 lines deleted...]
-    <t>2P3000005702</t>
+    <t>148326031901</t>
+  </si>
+  <si>
+    <t>2026-03-19</t>
+  </si>
+  <si>
+    <t>PO2603005323</t>
+  </si>
+  <si>
+    <t>16080101708</t>
+  </si>
+  <si>
+    <t>P60IPC610H1102603201</t>
+  </si>
+  <si>
+    <t>W0333IMB1025070964</t>
+  </si>
+  <si>
+    <t>9PA300HY0 S539054963</t>
+  </si>
+  <si>
+    <t>U7E13G20256</t>
+  </si>
+  <si>
+    <t>2P3600254369</t>
+  </si>
+  <si>
+    <t>OCP0S3256Q-A050026B73844E51AC</t>
+  </si>
+  <si>
+    <t>2026-03-20</t>
+  </si>
+  <si>
+    <t>PO2603004811</t>
+  </si>
+  <si>
+    <t>16080200205</t>
+  </si>
+  <si>
+    <t>P60IPC750H1102603202</t>
+  </si>
+  <si>
+    <t>IAIH1104X251G0206</t>
+  </si>
+  <si>
+    <t>HK400-92FP0YPA04681960</t>
+  </si>
+  <si>
+    <t>U75L39M302107</t>
+  </si>
+  <si>
+    <t>2P3600254375</t>
+  </si>
+  <si>
+    <t>OCP0S3512Q-A050026B738477E943</t>
+  </si>
+  <si>
+    <t>2P3600254434</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy-MM-dd"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -215,89 +221,89 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="1" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AG5"/>
+  <dimension ref="A1:AG4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="35.189582824707" customWidth="1"/>
-[...31 lines deleted...]
-    <col min="33" max="33" width="20.3729152679443" customWidth="1"/>
+    <col min="1" max="1" width="9.140625" customWidth="1"/>
+    <col min="2" max="2" width="9.140625" customWidth="1" style="2"/>
+    <col min="3" max="3" width="9.140625" customWidth="1"/>
+    <col min="4" max="4" width="9.140625" customWidth="1"/>
+    <col min="5" max="5" width="9.140625" customWidth="1"/>
+    <col min="6" max="6" width="9.140625" customWidth="1"/>
+    <col min="7" max="7" width="9.140625" customWidth="1"/>
+    <col min="8" max="8" width="9.140625" customWidth="1"/>
+    <col min="9" max="9" width="9.140625" customWidth="1"/>
+    <col min="10" max="10" width="9.140625" customWidth="1"/>
+    <col min="11" max="11" width="9.140625" customWidth="1"/>
+    <col min="12" max="12" width="9.140625" customWidth="1"/>
+    <col min="13" max="13" width="9.140625" customWidth="1"/>
+    <col min="14" max="14" width="9.140625" customWidth="1"/>
+    <col min="15" max="15" width="9.140625" customWidth="1"/>
+    <col min="16" max="16" width="9.140625" customWidth="1"/>
+    <col min="17" max="17" width="9.140625" customWidth="1"/>
+    <col min="18" max="18" width="9.140625" customWidth="1"/>
+    <col min="19" max="19" width="9.140625" customWidth="1"/>
+    <col min="20" max="20" width="9.140625" customWidth="1"/>
+    <col min="21" max="21" width="9.140625" customWidth="1"/>
+    <col min="22" max="22" width="9.140625" customWidth="1"/>
+    <col min="23" max="23" width="9.140625" customWidth="1"/>
+    <col min="24" max="24" width="9.140625" customWidth="1"/>
+    <col min="25" max="25" width="9.140625" customWidth="1"/>
+    <col min="26" max="26" width="9.140625" customWidth="1"/>
+    <col min="27" max="27" width="9.140625" customWidth="1"/>
+    <col min="28" max="28" width="9.140625" customWidth="1"/>
+    <col min="29" max="29" width="9.140625" customWidth="1"/>
+    <col min="30" max="30" width="9.140625" customWidth="1"/>
+    <col min="31" max="31" width="9.140625" customWidth="1"/>
+    <col min="32" max="32" width="9.140625" customWidth="1"/>
+    <col min="33" max="33" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -394,96 +400,76 @@
       </c>
       <c r="E2" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F2" s="0" t="s">
         <v>38</v>
       </c>
       <c r="G2" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H2" s="0" t="s">
         <v>40</v>
       </c>
       <c r="I2" s="0" t="s">
         <v>41</v>
       </c>
       <c r="J2" s="0" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>33</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="C3" s="0" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="D3" s="0" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="E3" s="0" t="s">
-        <v>37</v>
+        <v>46</v>
+      </c>
+      <c r="F3" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="G3" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="H3" s="0" t="s">
+        <v>49</v>
       </c>
       <c r="I3" s="0" t="s">
-        <v>43</v>
+        <v>50</v>
+      </c>
+      <c r="J3" s="0" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>33</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>44</v>
-[...4 lines deleted...]
-      <c r="G4" s="0" t="s">
         <v>46</v>
       </c>
-      <c r="H4" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I4" s="0" t="s">
-        <v>48</v>
-[...22 lines deleted...]
-        <v>50</v>
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>